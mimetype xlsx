--- v0 (2025-12-18)
+++ v1 (2026-03-15)
@@ -1253,51 +1253,57 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="14.43" defaultRowHeight="15.0"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="9.0"/>
     <col customWidth="1" min="2" max="2" width="18.57"/>
     <col customWidth="1" min="3" max="3" width="50.57"/>
     <col customWidth="1" min="4" max="4" width="31.43"/>
     <col customWidth="1" min="5" max="5" width="32.29"/>
     <col customWidth="1" min="6" max="6" width="23.43"/>
-    <col customWidth="1" min="7" max="26" width="9.0"/>
+    <col customWidth="1" min="7" max="7" width="9.0"/>
+    <col customWidth="1" min="8" max="8" width="15.71"/>
+    <col customWidth="1" min="9" max="9" width="63.71"/>
+    <col customWidth="1" min="10" max="10" width="41.71"/>
+    <col customWidth="1" min="11" max="11" width="42.86"/>
+    <col customWidth="1" min="12" max="12" width="32.86"/>
+    <col customWidth="1" min="13" max="26" width="9.0"/>
   </cols>
   <sheetData>
     <row r="1" ht="14.25" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>